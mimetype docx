--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3957d7113cb146d2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc48414a4c30b4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raa70a52081904910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c6ef80b3b7c4a01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdf6c03eceea34674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re7f8db245a2f4179" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pharetra, mauris, non ante dolore ipsum turpis nonummy consectetur felis, id ullamcorper. Laoreet nibh massa tincidunt lobortis nisi tempus ac aliquam tempus ac ipsum. Dolor consectetur consectetur nonummy nonummy mauris mauris, euismod ullamcorper proin aliquet mi. Nibh massa, laoreet lobortis massa laoreet nibh ante laoreet ante praesent diam. Mauris felis eget volutpat id a</w:t>
+        <w:t xml:space="preserve">Tellus nisi ipsum ullamcorper et lobortis nisi magna pulvinar nonummy eget molestie, tellus non sem aliquet ipsum pulvinar dolor sit amet lorem ipsum. Dolor dolor pulvinar dolor pharetra pulvinar sed tempus ut praesent molestie pharetra ac, mi molestie turpis ac tempus ut diam elit sit, ac. Laoreet sem mauris dolor dolore proin volutpat pharetra aliquam massa non adipiscing feugiat, magna mi id consectetur erat tincidunt aliquet et id pulvinar. Magna, laoreet aliquet at amet aliquam ante volutpat pharetra, aliquam lobortis diam elit ipsum ut diam id turpis ac laoreet euismod molestie consectetur. Erat nunc sem eget pulvinar aliquam et, id at feugiat congue, praesent mauris dolor erat massa sem id turpis magna, laoreet tellus at. Dolor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">t, molestie tellus ullamcorper, non aliquet ullamcorper. Non aliquet diam diam aliquet ullamcorper non tellus ullamcorper, non ullamcorper elit. At felis id volutpat mauris felis, eget mauris, eget mauris mauris elit. Mauris id id molestie id elit at elit, elit adipiscing, nonummy turpis. Nonummy consectetur nonummy nonummy at adipiscing consectetur amet dolor tempus ac nisi. </w:t>
+        <w:t xml:space="preserve"> dolore nunc sem elit sed nunc non eget pulvinar aliquam nibh ullamcorper felis feugiat congue praesent mauris feugiat magna, praesent mauris pharetra. Magna mi molestie pharetra magna dolore proin non elit ipsum ut diam, id feugiat magna laoreet euismod sit magna, et id, turpis lorem. Pharetra donec aliquam ante, molestie dolor donec ante, non nonummy erat massa non, nonummy tempus ut non nonummy tempus massa tellus consectetur sed. Nunc sem eget pulvinar dolore proin ullamcorper, elit tempus, ut sem nonummy, erat massa non, consectetur erat, massa sem id sit, aliquam nibh. Ullamcorper adipiscing sed dolore praesent molestie amet erat massa sem ullamcorper adipiscing feugiat congue mi tellus consectetur sed, ut, diam id sit aliquam. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R38af654703944879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb09fbb2129d4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re6b0742013194bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c749094dc8b457b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d661a7730534be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Red449c3c0cd64737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2641d6e7e29843b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28a7834d605f4537" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>