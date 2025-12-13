--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c6ef80b3b7c4a01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdf6c03eceea34674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re7f8db245a2f4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R54253f65d5e84ed9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R48c5ce63a8e841f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd9bc60f33cd84d2c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tellus nisi ipsum ullamcorper et lobortis nisi magna pulvinar nonummy eget molestie, tellus non sem aliquet ipsum pulvinar dolor sit amet lorem ipsum. Dolor dolor pulvinar dolor pharetra pulvinar sed tempus ut praesent molestie pharetra ac, mi molestie turpis ac tempus ut diam elit sit, ac. Laoreet sem mauris dolor dolore proin volutpat pharetra aliquam massa non adipiscing feugiat, magna mi id consectetur erat tincidunt aliquet et id pulvinar. Magna, laoreet aliquet at amet aliquam ante volutpat pharetra, aliquam lobortis diam elit ipsum ut diam id turpis ac laoreet euismod molestie consectetur. Erat nunc sem eget pulvinar aliquam et, id at feugiat congue, praesent mauris dolor erat massa sem id turpis magna, laoreet tellus at. Dolor</w:t>
+        <w:t xml:space="preserve">Sed adipiscing amet pharetra ipsum lorem, dolore lobortis, dolore massa non elit ipsum nisi nibh tellus mauris. Adipiscing feugiat donec, massa non at amet aliquam laoreet euismod adipiscing lorem dolore praesent, volutpat nonummy mauris. Pharetra magna, mi molestie pharetra, magna mi molestie pharetra erat, laoreet tellus pharetra ac laoreet, aliquet elit. Dolor nisi et euismod turpis lorem congue feugiat congue praesent felis sit donec laoreet sem eget amet. Aliquam nibh, euismod amet aliquam, et euismod turpis lorem tin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dolore nunc sem elit sed nunc non eget pulvinar aliquam nibh ullamcorper felis feugiat congue praesent mauris feugiat magna, praesent mauris pharetra. Magna mi molestie pharetra magna dolore proin non elit ipsum ut diam, id feugiat magna laoreet euismod sit magna, et id, turpis lorem. Pharetra donec aliquam ante, molestie dolor donec ante, non nonummy erat massa non, nonummy tempus ut non nonummy tempus massa tellus consectetur sed. Nunc sem eget pulvinar dolore proin ullamcorper, elit tempus, ut sem nonummy, erat massa non, consectetur erat, massa sem id sit, aliquam nibh. Ullamcorper adipiscing sed dolore praesent molestie amet erat massa sem ullamcorper adipiscing feugiat congue mi tellus consectetur sed, ut, diam id sit aliquam. </w:t>
+        <w:t xml:space="preserve">cidunt diam nunc donec consectetur tempus nunc sem. Eget turpis lorem tincidunt, aliquet mauris dolor donec ante volutpat pharetra donec ante non consectetur, erat mi. Molestie, consectetur tempus ut sem nonummy adipiscing feugiat magna laoreet non elit ipsum dolore et eget pulvinar. Nisi et euismod amet aliquam, lobortis ullamcorper adipiscing lorem tincidunt, ullamcorper adipiscing feugiat congue praesent id volutpat. Nonummy ipsum ut diam felis sit magna mi, euismod turpis ac laoreet euismod volutpat nonummy, lorem ut. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d661a7730534be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Red449c3c0cd64737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2641d6e7e29843b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28a7834d605f4537" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf81a2a30eb2342a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e58843b6ea54f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea0f11b22bdb4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf34ebe332a6b45b8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>