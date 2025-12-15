--- v2 (2025-12-13)
+++ v3 (2025-12-15)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R54253f65d5e84ed9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R48c5ce63a8e841f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd9bc60f33cd84d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re46edb60885b4cc4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R71f75c6fa95b466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R361f6fa00528477b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sed adipiscing amet pharetra ipsum lorem, dolore lobortis, dolore massa non elit ipsum nisi nibh tellus mauris. Adipiscing feugiat donec, massa non at amet aliquam laoreet euismod adipiscing lorem dolore praesent, volutpat nonummy mauris. Pharetra magna, mi molestie pharetra, magna mi molestie pharetra erat, laoreet tellus pharetra ac laoreet, aliquet elit. Dolor nisi et euismod turpis lorem congue feugiat congue praesent felis sit donec laoreet sem eget amet. Aliquam nibh, euismod amet aliquam, et euismod turpis lorem tin</w:t>
+        <w:t xml:space="preserve">Tincidunt laoreet tincidunt ante diam lobortis praesent molestie at adipiscing pharetra aliquam ac nunc massa sem id consectetur erat nunc proin euismod adipiscing lorem. Pulvinar nisi laoreet tellus mauris dolor donec lobortis ullamcorper felis sit ac laoreet sem et euismod turpis lorem tincidunt tellus adipiscing lorem nunc proin. Eget amet tempus lobortis diam id sit magna laoreet molestie consectetur erat tincidunt tellus at sed donec ante non nonummy ipsum ut proin eget. Amet ac tincidunt aliquet adipiscing lorem tincidunt aliquet, felis dolor congue mi volutpat consectetur tempus massa proin, mauris dolor congue p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">cidunt diam nunc donec consectetur tempus nunc sem. Eget turpis lorem tincidunt, aliquet mauris dolor donec ante volutpat pharetra donec ante non consectetur, erat mi. Molestie, consectetur tempus ut sem nonummy adipiscing feugiat magna laoreet non elit ipsum dolore et eget pulvinar. Nisi et euismod amet aliquam, lobortis ullamcorper adipiscing lorem tincidunt, ullamcorper adipiscing feugiat congue praesent id volutpat. Nonummy ipsum ut diam felis sit magna mi, euismod turpis ac laoreet euismod volutpat nonummy, lorem ut. </w:t>
+        <w:t xml:space="preserve">raesent mauris dolor dolore. Ante volutpat nonummy tempus lobortis, diam, elit ipsum lobortis diam felis ipsum nisi et id sit magna laoreet tellus felis, feugiat ut diam elit. Tempus ut et id, turpis erat nunc proin eget nonummy lorem tincidunt, diam felis feugiat magna praesent, molestie sit, magna, laoreet at sed massa. Aliquet at pulvinar aliquam nibh euismod amet, tempus nibh volutpat amet aliquam erat laoreet non, nonummy erat id sit congue mi molestie consectetur sed. Dolore proin eget sed nunc aliquet at sed tincidunt praesent at sed nunc proin eget pharetra dolore proin mauris pharetra, proin volutpat amet erat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf81a2a30eb2342a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e58843b6ea54f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea0f11b22bdb4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf34ebe332a6b45b8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc4aebe3480b4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree8027b183ce4703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra61758cfaf78460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb65d85d0b18a49d6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>