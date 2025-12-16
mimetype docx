--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re46edb60885b4cc4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R71f75c6fa95b466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R361f6fa00528477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb0a60e6b2e5d4296" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5f4a3883f586446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ba5c19127ba4d8e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tincidunt laoreet tincidunt ante diam lobortis praesent molestie at adipiscing pharetra aliquam ac nunc massa sem id consectetur erat nunc proin euismod adipiscing lorem. Pulvinar nisi laoreet tellus mauris dolor donec lobortis ullamcorper felis sit ac laoreet sem et euismod turpis lorem tincidunt tellus adipiscing lorem nunc proin. Eget amet tempus lobortis diam id sit magna laoreet molestie consectetur erat tincidunt tellus at sed donec ante non nonummy ipsum ut proin eget. Amet ac tincidunt aliquet adipiscing lorem tincidunt aliquet, felis dolor congue mi volutpat consectetur tempus massa proin, mauris dolor congue p</w:t>
+        <w:t xml:space="preserve">Sed eget adipiscing aliquet elit pulvinar feugiat, lobortis aliquet adipiscing feugiat lobortis, ullamcorper felis feugiat, nibh ullamcorper adipiscing tempus ante sit. Sed massa, tellus consectetur ac mi id sit nisi sem, consectetur donec praesent adipiscing lorem lobortis ullamcorper amet, aliquam nibh eget. Sed, tincidunt euismod, nisi et eget, ipsum nunc, aliquet sit nisi sem elit erat ante mauris lorem nibh mauris ac et. Eget sed laoreet mauris feugiat lobortis volutpat, dolor tincidunt turpis aliquam nibh volutpat, pulvinar, nunc aliquet consectetur, magna diam elit tempus. Ante mauris lorem nibh eget, sed tincidunt, euismod pulvinar nunc non ut, ullamcorper amet dolore</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">raesent mauris dolor dolore. Ante volutpat nonummy tempus lobortis, diam, elit ipsum lobortis diam felis ipsum nisi et id sit magna laoreet tellus felis, feugiat ut diam elit. Tempus ut et id, turpis erat nunc proin eget nonummy lorem tincidunt, diam felis feugiat magna praesent, molestie sit, magna, laoreet at sed massa. Aliquet at pulvinar aliquam nibh euismod amet, tempus nibh volutpat amet aliquam erat laoreet non, nonummy erat id sit congue mi molestie consectetur sed. Dolore proin eget sed nunc aliquet at sed tincidunt praesent at sed nunc proin eget pharetra dolore proin mauris pharetra, proin volutpat amet erat. </w:t>
+        <w:t xml:space="preserve"> aliquet turpis dolore proin at erat. Laoreet id, ipsum ante mauris tempus proin consectetur ac et elit donec praesent nonummy, aliquam ante mauris laoreet id, pulvinar nunc. Molestie sit ut non consectetur donec mi, felis lorem nibh, at ac et nonummy donec praesent adipiscing aliquam ante mauris sed. Laoreet id dolore, tellus sit ut non dolor, donec mi mauris, tempus proin mauris, ac nibh eget erat praesent felis tempus. Nibh pharetra congue ullamcorper turpis dolore sem consectetur ac et, elit tempus mi felis lorem lobortis volutpat dolor laoreet tellus sit. Ut sem, nonummy erat mi felis, ante mauris lorem nibh id ipsum massa molestie ipsum mi, felis, tempus proin elit sed. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc4aebe3480b4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree8027b183ce4703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra61758cfaf78460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb65d85d0b18a49d6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6699b20a8e224d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6844b95d888342f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R57e0eccc493f4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R980df87b24f2477c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>