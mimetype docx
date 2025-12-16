--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb0a60e6b2e5d4296" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5f4a3883f586446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ba5c19127ba4d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a32be3c4a2f4c7e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb86c6729e7ac47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1c204184e914381" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sed eget adipiscing aliquet elit pulvinar feugiat, lobortis aliquet adipiscing feugiat lobortis, ullamcorper felis feugiat, nibh ullamcorper adipiscing tempus ante sit. Sed massa, tellus consectetur ac mi id sit nisi sem, consectetur donec praesent adipiscing lorem lobortis ullamcorper amet, aliquam nibh eget. Sed, tincidunt euismod, nisi et eget, ipsum nunc, aliquet sit nisi sem elit erat ante mauris lorem nibh mauris ac et. Eget sed laoreet mauris feugiat lobortis volutpat, dolor tincidunt turpis aliquam nibh volutpat, pulvinar, nunc aliquet consectetur, magna diam elit tempus. Ante mauris lorem nibh eget, sed tincidunt, euismod pulvinar nunc non ut, ullamcorper amet dolore</w:t>
+        <w:t xml:space="preserve">Amet nibh volutpat turpis, sit amet sit pharetra nonummy mauris felis mauris volutpat tellus volutpat ullamcorper. Tellus non aliquet proin mi lobortis congue aliquam donec tempus, pulvinar turpis non ullamcorper sem mi. Lobortis congue aliquam sed feugiat nonummy adipiscing at felis non praesent laoreet nunc magna tempus pu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aliquet turpis dolore proin at erat. Laoreet id, ipsum ante mauris tempus proin consectetur ac et elit donec praesent nonummy, aliquam ante mauris laoreet id, pulvinar nunc. Molestie sit ut non consectetur donec mi, felis lorem nibh, at ac et nonummy donec praesent adipiscing aliquam ante mauris sed. Laoreet id dolore, tellus sit ut non dolor, donec mi mauris, tempus proin mauris, ac nibh eget erat praesent felis tempus. Nibh pharetra congue ullamcorper turpis dolore sem consectetur ac et, elit tempus mi felis lorem lobortis volutpat dolor laoreet tellus sit. Ut sem, nonummy erat mi felis, ante mauris lorem nibh id ipsum massa molestie ipsum mi, felis, tempus proin elit sed. </w:t>
+        <w:t xml:space="preserve">lvinar. At felis volutpat aliquet, nibh lobortis congue aliquam amet at id eget euismod sem mi lobortis. Donec ac pulvinar, nonummy felis volutpat sem, laoreet ut donec feugiat turpis eget laoreet congue aliquam. Dolor turpis elit tellus diam ante tincidunt magna ipsum nonummy felis ullamcorper proin laoreet lobortis donec. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6699b20a8e224d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6844b95d888342f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R57e0eccc493f4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R980df87b24f2477c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reb69b7b2c73d4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84dda86f7dfb4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b24c2b952e44dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re915624a04964171" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>