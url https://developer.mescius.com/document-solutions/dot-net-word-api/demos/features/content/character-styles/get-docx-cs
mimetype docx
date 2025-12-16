--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a32be3c4a2f4c7e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb86c6729e7ac47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1c204184e914381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra824bbc6e45943b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R332a451416d543e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a4d39defc764acc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Amet nibh volutpat turpis, sit amet sit pharetra nonummy mauris felis mauris volutpat tellus volutpat ullamcorper. Tellus non aliquet proin mi lobortis congue aliquam donec tempus, pulvinar turpis non ullamcorper sem mi. Lobortis congue aliquam sed feugiat nonummy adipiscing at felis non praesent laoreet nunc magna tempus pu</w:t>
+        <w:t xml:space="preserve">Consectetur molestie ac elit aliquet pharetra euismod. Tincidunt adipiscing proin ut feugiat pulvinar adipiscing. Euismod laoreet dolore amet amet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">lvinar. At felis volutpat aliquet, nibh lobortis congue aliquam amet at id eget euismod sem mi lobortis. Donec ac pulvinar, nonummy felis volutpat sem, laoreet ut donec feugiat turpis eget laoreet congue aliquam. Dolor turpis elit tellus diam ante tincidunt magna ipsum nonummy felis ullamcorper proin laoreet lobortis donec. </w:t>
+        <w:t xml:space="preserve">elit non. Aliquet, mi laoreet lobortis nunc dolore congue. Nisi sit mauris et massa lobortis nisi. Aliquam sit pulvinar tempus, erat pulvinar elit. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reb69b7b2c73d4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84dda86f7dfb4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b24c2b952e44dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re915624a04964171" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rafce3646c5dc4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d2a7fdab2d64231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbd789052ed16400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39179a80571c460b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>