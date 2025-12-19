--- v6 (2025-12-16)
+++ v7 (2025-12-19)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra824bbc6e45943b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R332a451416d543e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a4d39defc764acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R652cfb0ebbda4986" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree1f6b5340944c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd5ead04c129f4942" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Consectetur molestie ac elit aliquet pharetra euismod. Tincidunt adipiscing proin ut feugiat pulvinar adipiscing. Euismod laoreet dolore amet amet </w:t>
+        <w:t xml:space="preserve">Pulvinar nisi ullamcorper tempus et adipiscing aliquam diam consectetur. Ut aliquet mauris turpis tempus nunc sem mauris sit. Aliquam ante molestie amet, ipsum lorem donec nunc, ante. Aliquet erat mi volutpat amet sed donec dolore ante. Sem, eget nonummy felis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">elit non. Aliquet, mi laoreet lobortis nunc dolore congue. Nisi sit mauris et massa lobortis nisi. Aliquam sit pulvinar tempus, erat pulvinar elit. </w:t>
+        <w:t xml:space="preserve"> adipiscing feugiat sed donec tincidunt. Praesent id pulvinar ipsum lorem ac dolore nisi ipsum. Ac ut nibh praesent sem non at feugiat nisi. Nibh et praesent molestie mauris at nonummy sit elit. Adipiscing, sed donec ut lobortis et aliquet tellus consectetur. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rafce3646c5dc4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d2a7fdab2d64231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbd789052ed16400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39179a80571c460b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94481554c4f049ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R623a0791ec7846ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R547f1e214bf74078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R30d0ea119d2a4f79" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>