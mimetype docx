--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R652cfb0ebbda4986" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree1f6b5340944c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd5ead04c129f4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1908186e9a974150" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcff140aed1a4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85f6ae5fe7854a9e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pulvinar nisi ullamcorper tempus et adipiscing aliquam diam consectetur. Ut aliquet mauris turpis tempus nunc sem mauris sit. Aliquam ante molestie amet, ipsum lorem donec nunc, ante. Aliquet erat mi volutpat amet sed donec dolore ante. Sem, eget nonummy felis</w:t>
+        <w:t xml:space="preserve">At, lobortis amet proin ante nunc congue. Lorem elit mi tempus, adipiscing proin, lobortis. Ac lorem, eget laoreet magna dolor euismod. Laoreet tempus adipiscing tellus ante aliquam feugiat. Mauris, nibh, erat felis mi donec consect</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adipiscing feugiat sed donec tincidunt. Praesent id pulvinar ipsum lorem ac dolore nisi ipsum. Ac ut nibh praesent sem non at feugiat nisi. Nibh et praesent molestie mauris at nonummy sit elit. Adipiscing, sed donec ut lobortis et aliquet tellus consectetur. </w:t>
+        <w:t xml:space="preserve">etur. Et, donec amet praesent laoreet ipsum id. Lobortis pharetra volutpat laoreet tempus, felis proin. Ac elit mi aliquam turpis, aliquet ut. Feugiat eget, et magna nonummy tellus nunc. Lorem mauris elit, diam congue sed molestie. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94481554c4f049ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R623a0791ec7846ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R547f1e214bf74078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R30d0ea119d2a4f79" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra60cde2c680f4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6ca527903d2b44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra6e511ac15bf4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra397a7e474994465" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>