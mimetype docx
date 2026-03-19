--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1908186e9a974150" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcff140aed1a4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85f6ae5fe7854a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R29c05ed264ed4179" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reffbdf903b38431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc27d312d87f146af" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">At, lobortis amet proin ante nunc congue. Lorem elit mi tempus, adipiscing proin, lobortis. Ac lorem, eget laoreet magna dolor euismod. Laoreet tempus adipiscing tellus ante aliquam feugiat. Mauris, nibh, erat felis mi donec consect</w:t>
+        <w:t xml:space="preserve">Dolore lorem aliquam sed ac, aliquam, ut mi sem ullamcorper adipiscing amet tempus ut nisi laoreet ante euismod. Tellus nonummy pulvinar nisi nibh tellus, at amet, ipsum congue laoreet tellus consectetur sed nunc proin eget pulvinar. Nisi ante volutpat tempus tincidunt ullamcorper mauris pharetra erat nunc sem eget pulvinar aliquam nibh euismod turpis lorem. Congue praesent mauris, dolor dolore ante volutpat consectetur donec massa nonummy sed, massa sem elit pulvinar nisi et. Id adipiscing feugiat congue aliquet mauris, pharetra, erat lobortis sem elit tempus nunc diam id turpis nunc praesent. Mauris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">etur. Et, donec amet praesent laoreet ipsum id. Lobortis pharetra volutpat laoreet tempus, felis proin. Ac elit mi aliquam turpis, aliquet ut. Feugiat eget, et magna nonummy tellus nunc. Lorem mauris elit, diam congue sed molestie. </w:t>
+        <w:t xml:space="preserve"> pharetra aliquam lobortis diam id feugiat congue mi molestie turpis, erat laoreet aliquet at sed nunc proin. Eget pulvinar dolore praesent eget pharetra, ante, volutpat amet tempus lobortis ullamcorper, elit feugiat nisi et id turpis. Magna, mi euismod sit magna nibh euismod turpis ac tincidunt, tellus, adipiscing sed tincidunt aliquet ac tincidunt aliquet. At feugiat congue praesent felis feugiat congue ante tellus, euismod turpis ac tincidunt aliquet mauris lorem tincidunt molestie. Amet tempus lobortis ullamcorper elit tempus lobortis sem elit tempus nunc, sem felis, pulvinar nisi diam id turpis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra60cde2c680f4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6ca527903d2b44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra6e511ac15bf4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra397a7e474994465" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra51d04ac56c84361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5ff2b5761de84c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R63e0b9d7d0534b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd331be341e1c4655" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>