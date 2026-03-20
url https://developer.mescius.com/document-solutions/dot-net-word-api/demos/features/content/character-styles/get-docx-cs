--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R29c05ed264ed4179" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reffbdf903b38431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc27d312d87f146af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30b4fddc6e584a89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R34fcb64355324871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44af508f75f745cb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dolore lorem aliquam sed ac, aliquam, ut mi sem ullamcorper adipiscing amet tempus ut nisi laoreet ante euismod. Tellus nonummy pulvinar nisi nibh tellus, at amet, ipsum congue laoreet tellus consectetur sed nunc proin eget pulvinar. Nisi ante volutpat tempus tincidunt ullamcorper mauris pharetra erat nunc sem eget pulvinar aliquam nibh euismod turpis lorem. Congue praesent mauris, dolor dolore ante volutpat consectetur donec massa nonummy sed, massa sem elit pulvinar nisi et. Id adipiscing feugiat congue aliquet mauris, pharetra, erat lobortis sem elit tempus nunc diam id turpis nunc praesent. Mauris</w:t>
+        <w:t xml:space="preserve">Ipsum, aliquet, mi feugiat turpis felis elit mi nibh ac lorem ipsum amet consectetur adipiscing pharetra turpis felis at volutpat aliquet aliquet diam, sem praesent et ante praesent et. Nibh massa laoreet massa massa tincidunt ut nunc tincidunt massa mi id lorem ante, aliquam turpis felis eget consectetur adipiscing elit adipiscing, nonummy elit adipiscing pharetra sit, pulvinar dolor. Feugiat, adipiscing, consectetur turpis, pulvinar feugiat ipsum, volutpat tellus aliquet non aliquet aliquet, diam proin praesent mi nibh massa, nunc congue nisi donec erat lorem tempus sed ac tempus. Sed diam aliquet, ullamcorper diam proin diam sem aliquet ullamcorper non ullamcorper molestie id id mauris felis elit felis consectetur turpis amet dolor pulvinar dolor feugiat sed lorem tellus. Euismod non molestie volutpat molestie euismod euismod volutpat tellus ullamcorper non aliquet volutpat tellus euismod volutpat molestie euismod volutpat felis volutpat molestie id volu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pharetra aliquam lobortis diam id feugiat congue mi molestie turpis, erat laoreet aliquet at sed nunc proin. Eget pulvinar dolore praesent eget pharetra, ante, volutpat amet tempus lobortis ullamcorper, elit feugiat nisi et id turpis. Magna, mi euismod sit magna nibh euismod turpis ac tincidunt, tellus, adipiscing sed tincidunt aliquet ac tincidunt aliquet. At feugiat congue praesent felis feugiat congue ante tellus, euismod turpis ac tincidunt aliquet mauris lorem tincidunt molestie. Amet tempus lobortis ullamcorper elit tempus lobortis sem elit tempus nunc, sem felis, pulvinar nisi diam id turpis. </w:t>
+        <w:t xml:space="preserve">tpat molestie tellus ut, massa et. Proin praesent et proin nisi dolore congue dolore tincidunt massa tincidunt tincidunt nunc tincidunt lobortis nunc tincidunt feugiat sed ac aliquam magna nisi, dolore ut tincidunt tincidunt massa laoreet. Ante ante et, ante massa nibh nibh massa nibh massa massa lobortis massa massa lobortis erat sed feugiat sed pulvinar feugiat ipsum sed tempus magna dolore tincidunt lobortis mi. Lobortis massa mi proin praesent non tellus volutpat felis nonummy sit sed feugiat proin praesent mi lobortis massa tincidunt nibh ante mi ante mi sem praesent non non euismod. Volutpat molestie euismod volutpat molestie volutpat mauris id euismod volutpat sed sed ipsum ipsum feugiat ipsum ac aliquam erat ac tempus tempus lorem aliquam donec ac, lorem sed dolor. Ipsum pulvinar dolor ipsum sed ac donec magna magna nisi, dolore magna aliquam donec magna, ac aliquam ac nisi, tincidunt ut, nunc tincidunt lobortis tincidunt lobortis nunc laoreet ante. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra51d04ac56c84361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5ff2b5761de84c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R63e0b9d7d0534b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd331be341e1c4655" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R987c3d95954149ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6b8a870f5ca4426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ea144d4bd5c4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R65983f0795c34832" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>