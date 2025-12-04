--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rced5c50ed5cc4608" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4e4ca74a3f794b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R53060c64bf554092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra74d91dba1bf4cc7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98ae26fc5a164715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R754a1150ff234c2e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Congue, praesent lorem eget tincidunt, at tincidunt sed, amet euismod. Nisi consectetur molestie proin nunc aliquam sit felis aliquet nunc. Ipsum turpis molestie, aliquet massa ante aliquam tempus amet nonummy. Ullamcorper tincidunt magna pharetra id praesent tincidunt, magna feugiat turpis. Molestie tellus ullamcorper non, proin massa </w:t>
+        <w:t xml:space="preserve">Massa pulvinar proin nonummy nibh aliquam, pharetra volutpat ipsum ullamcorper tincidunt ac amet volutpat mauris donec turpis molestie lobortis ac. Elit volutpat tellus, euismod volutpat aliquet mi mi ante ante laoreet lobortis nunc tincidunt nibh laoreet tincidunt, lobortis ipsum erat. Ac ipsum erat, lorem ipsum erat tempus tempus sed tempus donec aliquam donec donec, lorem ipsum erat, ac tempus sed. Ac tempus ac lorem amet consectetur consectetur nonummy consectetur adipiscing nonummy elit at id id molestie molestie volutpat molestie felis. Mauris, adipiscing nonummy at adipiscing nonummy, a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">dolore donec lorem pharetra. Dolor at non et congue ac sit turpis, id, praesent. Dolore, sit felis id ullamcorper, nibh lobortis ut dolore erat. Dolor consectetur felis felis euismod consectetur tempus ac nunc, ante. Praesent sem id mauris amet ipsum ac nisi tincidunt ante. Sem tellus eget turpis feugiat, erat, nisi tincidunt ante non. </w:t>
+        <w:t xml:space="preserve">dipiscing adipiscing mi nibh proin, et et ante laoreet lobortis massa nunc tincidunt nunc. Tincidunt congue ut dolore donec aliquam tempus sed lorem ipsum dolor lorem erat magna turpis pulvinar sit ipsum lorem aliquam. Magna aliquam donec congue dolore lobortis, massa nunc lobortis massa mi nibh ante laoreet ante mi laoreet nibh massa tincidunt. Congue congue massa laoreet, lobortis mi mi ante mi et ante praesent sem aliquet mi proin aliquet praesent sem praesent. Et ullamcorper, non, tellus ullamcorper diam sem praesent diam proin praesent tellus tellus, non tellus id molestie id eget mauris. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf591e2ebb4794a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a38c8d82f404ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd1dafca6e2be4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4eb71680bb0a4f12" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rde3a41518af34cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81032a06d5444fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1c6fed758c848e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4451a8d10f1b4783" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>