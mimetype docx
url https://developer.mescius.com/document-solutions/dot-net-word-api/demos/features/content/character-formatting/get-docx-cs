--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra74d91dba1bf4cc7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98ae26fc5a164715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R754a1150ff234c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00fa88600d2d4f1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2a01837dd5514d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd4fe57ee472a483a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Massa pulvinar proin nonummy nibh aliquam, pharetra volutpat ipsum ullamcorper tincidunt ac amet volutpat mauris donec turpis molestie lobortis ac. Elit volutpat tellus, euismod volutpat aliquet mi mi ante ante laoreet lobortis nunc tincidunt nibh laoreet tincidunt, lobortis ipsum erat. Ac ipsum erat, lorem ipsum erat tempus tempus sed tempus donec aliquam donec donec, lorem ipsum erat, ac tempus sed. Ac tempus ac lorem amet consectetur consectetur nonummy consectetur adipiscing nonummy elit at id id molestie molestie volutpat molestie felis. Mauris, adipiscing nonummy at adipiscing nonummy, a</w:t>
+        <w:t xml:space="preserve">Non elit mauris massa massa donec aliquam congue aliquam, nonummy, sit sit adipiscing ullamcorper proin, nunc lorem turpis id. Felis volutpat et nisi ipsum at molestie mi sit id, et ut sed, consectetur molestie mi magna, pharetra mauris. Praesent tincidunt feugiat adipiscing aliquet, lobortis ac amet id proin nunc sed consectetur, tellus turpis euismod mi magna sit. F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">dipiscing adipiscing mi nibh proin, et et ante laoreet lobortis massa nunc tincidunt nunc. Tincidunt congue ut dolore donec aliquam tempus sed lorem ipsum dolor lorem erat magna turpis pulvinar sit ipsum lorem aliquam. Magna aliquam donec congue dolore lobortis, massa nunc lobortis massa mi nibh ante laoreet ante mi laoreet nibh massa tincidunt. Congue congue massa laoreet, lobortis mi mi ante mi et ante praesent sem aliquet mi proin aliquet praesent sem praesent. Et ullamcorper, non, tellus ullamcorper diam sem praesent diam proin praesent tellus tellus, non tellus id molestie id eget mauris. </w:t>
+        <w:t xml:space="preserve">elis sem massa donec pharetra molestie aliquet laoreet ac, pulvinar id proin ut, sed nonummy tellus ante donec, consectetur. Molestie praesent tincidunt donec pharetra mauris aliquet tincidunt lorem turpis ullamcorper, tincidunt ac turpis euismod et magna sit id. Et ut pulvinar id diam nisi feugiat sit, id diam ut, ipsum adipiscing non nibh tempus adipiscing non nibh. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rde3a41518af34cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81032a06d5444fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1c6fed758c848e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4451a8d10f1b4783" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R16bb3d118b1b4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R648748a3f45e400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca3e9a7fe4074634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcfee516b11734095" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>