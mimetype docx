--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00fa88600d2d4f1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2a01837dd5514d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd4fe57ee472a483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R80f0f29b94c641cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R524b2fbd2c464f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb9ea4d8a5f14ae6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Non elit mauris massa massa donec aliquam congue aliquam, nonummy, sit sit adipiscing ullamcorper proin, nunc lorem turpis id. Felis volutpat et nisi ipsum at molestie mi sit id, et ut sed, consectetur molestie mi magna, pharetra mauris. Praesent tincidunt feugiat adipiscing aliquet, lobortis ac amet id proin nunc sed consectetur, tellus turpis euismod mi magna sit. F</w:t>
+        <w:t xml:space="preserve">Nunc tellus mauris tempus erat donec, dolore congue dolore nisi ac tempus pharetra pulvinar pharetra amet, adipiscing consectetur nonummy, at, elit. Turpis id mauris euismod molestie molestie id tellus diam, praesent nibh mi nibh nunc nisi erat lorem pulvinar sit elit molestie. Euismod, molestie diam massa dolore amet at felis at id, non mi, ante laoreet nunc, tincidunt dolore nisi erat dolor amet. Consectetur nonummy at eget non ullamcorper aliquet et massa ut amet turpis nonummy mauris euismod, tellus, et, ante lobortis nunc magna. Donec ac, ipsum, feugiat nonummy eget tellus diam ante lobortis nunc, nisi congue mauris, elit tellus laoreet magna feugiat felis praesent. Ut, aliquam amet volu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">elis sem massa donec pharetra molestie aliquet laoreet ac, pulvinar id proin ut, sed nonummy tellus ante donec, consectetur. Molestie praesent tincidunt donec pharetra mauris aliquet tincidunt lorem turpis ullamcorper, tincidunt ac turpis euismod et magna sit id. Et ut pulvinar id diam nisi feugiat sit, id diam ut, ipsum adipiscing non nibh tempus adipiscing non nibh. </w:t>
+        <w:t xml:space="preserve">tpat ante donec, pulvinar mauris aliquet nunc ac, sit, id et ut, feugiat elit ullamcorper lobortis amet molestie. Praesent tincidunt lorem, adipiscing euismod laoreet lorem turpis tellus laoreet magna pulvinar felis diam nisi feugiat felis ullamcorper massa erat nonummy. Volutpat proin, congue eget proin dolore, pharetra mauris, euismod, et nisi pulvinar elit, non lobortis tempus nonummy volutpat ante dolore dolor. At ullamcorper dolor mauris, proin dolore sed turpis euismod et ac, consectetur euismod mi magna pulvinar felis diam lobortis ipsum nonummy. Non massa aliquam amet volutpat ante donec pharetra proin dolore sed consectetur tellus laoreet nisi ipsum felis diam, lobortis tempus amet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R16bb3d118b1b4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R648748a3f45e400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca3e9a7fe4074634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcfee516b11734095" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9cc1bc0b9874915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb96905274d244539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8daee5215765478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R512dddce718049bd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>