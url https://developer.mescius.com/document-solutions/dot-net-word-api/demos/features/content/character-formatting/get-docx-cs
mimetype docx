--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R80f0f29b94c641cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R524b2fbd2c464f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb9ea4d8a5f14ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rec92ca59f1da4c9b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R862aeb3cdf2349ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbf0ffc62cff64584" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nunc tellus mauris tempus erat donec, dolore congue dolore nisi ac tempus pharetra pulvinar pharetra amet, adipiscing consectetur nonummy, at, elit. Turpis id mauris euismod molestie molestie id tellus diam, praesent nibh mi nibh nunc nisi erat lorem pulvinar sit elit molestie. Euismod, molestie diam massa dolore amet at felis at id, non mi, ante laoreet nunc, tincidunt dolore nisi erat dolor amet. Consectetur nonummy at eget non ullamcorper aliquet et massa ut amet turpis nonummy mauris euismod, tellus, et, ante lobortis nunc magna. Donec ac, ipsum, feugiat nonummy eget tellus diam ante lobortis nunc, nisi congue mauris, elit tellus laoreet magna feugiat felis praesent. Ut, aliquam amet volu</w:t>
+        <w:t xml:space="preserve">Pulvinar aliquet id amet feugiat dolor ipsum. Aliquam, aliquam donec nunc nisi, erat tempus. Sed pulvinar consectetur adipiscing at nonummy amet. At, molestie non laoreet nunc magna aliquam. Dolor pulvinar, nonummy maur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">tpat ante donec, pulvinar mauris aliquet nunc ac, sit, id et ut, feugiat elit ullamcorper lobortis amet molestie. Praesent tincidunt lorem, adipiscing euismod laoreet lorem turpis tellus laoreet magna pulvinar felis diam nisi feugiat felis ullamcorper massa erat nonummy. Volutpat proin, congue eget proin dolore, pharetra mauris, euismod, et nisi pulvinar elit, non lobortis tempus nonummy volutpat ante dolore dolor. At ullamcorper dolor mauris, proin dolore sed turpis euismod et ac, consectetur euismod mi magna pulvinar felis diam lobortis ipsum nonummy. Non massa aliquam amet volutpat ante donec pharetra proin dolore sed consectetur tellus laoreet nisi ipsum felis diam, lobortis tempus amet. </w:t>
+        <w:t xml:space="preserve">is eget tellus volutpat. Ullamcorper proin laoreet ut donec lorem pulvinar. Consectetur felis molestie aliquet proin mi ut. Sed pulvinar consectetur molestie diam ante tincidunt. Magna erat dolor turpis at id, volutpat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9cc1bc0b9874915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb96905274d244539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8daee5215765478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R512dddce718049bd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R678ad82b82aa4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbbc674a9a6954ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R97d836def66a4b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R97d2576a8981428e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>