--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rec92ca59f1da4c9b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R862aeb3cdf2349ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbf0ffc62cff64584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rddcf443ff735477f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94844a287b7f4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb178b2d250334d44" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pulvinar aliquet id amet feugiat dolor ipsum. Aliquam, aliquam donec nunc nisi, erat tempus. Sed pulvinar consectetur adipiscing at nonummy amet. At, molestie non laoreet nunc magna aliquam. Dolor pulvinar, nonummy maur</w:t>
+        <w:t xml:space="preserve">Sem volutpat non aliquet non ipsum. Felis consectetur turpis pharetra turpis, dolor. Feugiat tempus lorem dolore ut diam. Molestie pharetra ac laoreet molestie sit. Congue et felis tempus massa felis. Tem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">is eget tellus volutpat. Ullamcorper proin laoreet ut donec lorem pulvinar. Consectetur felis molestie aliquet proin mi ut. Sed pulvinar consectetur molestie diam ante tincidunt. Magna erat dolor turpis at id, volutpat. </w:t>
+        <w:t xml:space="preserve">pus massa volutpat dolor, congue ullamcorper. Adipiscing pharetra sed aliquam tincidunt ante. Non nonummy ipsum ut diam id. Eget felis pharetra donec ante sem. Consectetur sed nunc ante volutpat nonummy. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R678ad82b82aa4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbbc674a9a6954ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R97d836def66a4b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R97d2576a8981428e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc79a9d7d84b64a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc062a9d8e73e4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbba04e0e17c74169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R99b164be60a5435c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>