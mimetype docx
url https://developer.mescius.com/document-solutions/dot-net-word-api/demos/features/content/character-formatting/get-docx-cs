--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rddcf443ff735477f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94844a287b7f4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb178b2d250334d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78c946f26a974df2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc2ba0fb084d4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99095d6bd01241dd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sem volutpat non aliquet non ipsum. Felis consectetur turpis pharetra turpis, dolor. Feugiat tempus lorem dolore ut diam. Molestie pharetra ac laoreet molestie sit. Congue et felis tempus massa felis. Tem</w:t>
+        <w:t xml:space="preserve">Sem aliquet mauris consectetur pharetra erat, dolore nunc ante et diam praesent sem ante proin non elit nonummy ipsum feugiat lorem donec tincidunt massa nibh mi proin et diam. Id adipiscing sit feugiat lorem erat tempus turpis tempus nisi, aliquam aliquam congue laoreet ante ante et praesent, et et praesent nibh nunc ac ipsum amet at elit, molestie. Non aliquet diam ante, donec sed pulvinar, pharetra adipiscing, eget id volutpat euismod sem diam aliquet, non non, tellus sem praesent proin et nunc magna dolore magna donec, aliquam. Sit feugiat erat aliquam aliquam congue nunc nisi, magna donec ac ipsum feugiat amet consectetur nonummy adipiscing consectetur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">pus massa volutpat dolor, congue ullamcorper. Adipiscing pharetra sed aliquam tincidunt ante. Non nonummy ipsum ut diam id. Eget felis pharetra donec ante sem. Consectetur sed nunc ante volutpat nonummy. </w:t>
+        <w:t xml:space="preserve">felis mauris eget felis mauris, id molestie eget tellus ac pulvinar. Pharetra adipiscing eget aliquet mi ut, donec feugiat amet at id molestie ullamcorper sem mi lobortis donec lorem ipsum, pharetra adipiscing eget id non, ullamcorper laoreet massa lobortis aliquam. Ipsum, ipsum sed sit consectetur adipiscing volutpat praesent, nibh nunc magna tempus pulvinar ipsum pharetra volutpat tellus ullamcorper ullamcorper sem, ullamcorper aliquet nibh, mi lobortis laoreet massa congue dolore. Nisi tincidunt nunc nisi dolore aliquam ac aliquam, lorem sed, ipsum sed, sit sem ante tincidunt dolore ac pulvinar pharetra felis, eget tellus ullamcorper ante et et ante nibh. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc79a9d7d84b64a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc062a9d8e73e4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbba04e0e17c74169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R99b164be60a5435c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re399e13775d14200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2165419506454cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8e464dd7aae14967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde83c626eaec4033" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>