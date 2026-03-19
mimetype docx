--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78c946f26a974df2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc2ba0fb084d4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99095d6bd01241dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce46ea8e32c54da1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0e0c759ec084a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbd4b7af4ccd1415d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sem aliquet mauris consectetur pharetra erat, dolore nunc ante et diam praesent sem ante proin non elit nonummy ipsum feugiat lorem donec tincidunt massa nibh mi proin et diam. Id adipiscing sit feugiat lorem erat tempus turpis tempus nisi, aliquam aliquam congue laoreet ante ante et praesent, et et praesent nibh nunc ac ipsum amet at elit, molestie. Non aliquet diam ante, donec sed pulvinar, pharetra adipiscing, eget id volutpat euismod sem diam aliquet, non non, tellus sem praesent proin et nunc magna dolore magna donec, aliquam. Sit feugiat erat aliquam aliquam congue nunc nisi, magna donec ac ipsum feugiat amet consectetur nonummy adipiscing consectetur </w:t>
+        <w:t xml:space="preserve">Sit nibh magna lorem, mauris molestie, ante dolore donec sed dolor consectetur felis id. Praesent congue magna aliquam ipsum sed sit sit amet elit, adipiscing elit eget molestie. Euismod euismod non tellus ullamcorper diam nibh laoreet et ante laoreet laoreet, at volutpat. Aliquet aliquet sem sem praesent diam proin praesen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">felis mauris eget felis mauris, id molestie eget tellus ac pulvinar. Pharetra adipiscing eget aliquet mi ut, donec feugiat amet at id molestie ullamcorper sem mi lobortis donec lorem ipsum, pharetra adipiscing eget id non, ullamcorper laoreet massa lobortis aliquam. Ipsum, ipsum sed sit consectetur adipiscing volutpat praesent, nibh nunc magna tempus pulvinar ipsum pharetra volutpat tellus ullamcorper ullamcorper sem, ullamcorper aliquet nibh, mi lobortis laoreet massa congue dolore. Nisi tincidunt nunc nisi dolore aliquam ac aliquam, lorem sed, ipsum sed, sit sem ante tincidunt dolore ac pulvinar pharetra felis, eget tellus ullamcorper ante et et ante nibh. </w:t>
+        <w:t xml:space="preserve">t diam praesent diam sem praesent mi. Nibh massa, nunc dolore ac feugiat ipsum dolor dolor lorem lorem ipsum amet feugiat. Sit nonummy consectetur, at id elit adipiscing, nonummy, at, felis id volutpat tellus tellus. Ullamcorper et praesent, praesent id volutpat tellus aliquet ullamcorper aliquet praesent diam ante, massa. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re399e13775d14200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2165419506454cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8e464dd7aae14967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde83c626eaec4033" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc771a649d17845a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c74f2db163e4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1c5c2ef5b7a449dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbf149acf80204925" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>