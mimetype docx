--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce46ea8e32c54da1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0e0c759ec084a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbd4b7af4ccd1415d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c0b0a49c3fe49c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb747f2e1cc344ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06324fd563814905" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sit nibh magna lorem, mauris molestie, ante dolore donec sed dolor consectetur felis id. Praesent congue magna aliquam ipsum sed sit sit amet elit, adipiscing elit eget molestie. Euismod euismod non tellus ullamcorper diam nibh laoreet et ante laoreet laoreet, at volutpat. Aliquet aliquet sem sem praesent diam proin praesen</w:t>
+        <w:t xml:space="preserve">Laoreet erat proin dolor tellus nisi, consectetur praesent tempus turpis et, donec felis ante lorem id. Ac eget mi ipsum, molestie laoreet sed elit aliquet nisi turpis, diam congue pulvinar id mi. Tempus at ipsum adipiscing tellus ut tempus turpis tellus euismod non tellus euismod eget molestie, id. Volutpat aliquet ullamcorper ullamcorper tellus euismod non aliquet e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">t diam praesent diam sem praesent mi. Nibh massa, nunc dolore ac feugiat ipsum dolor dolor lorem lorem ipsum amet feugiat. Sit nonummy consectetur, at id elit adipiscing, nonummy, at, felis id volutpat tellus tellus. Ullamcorper et praesent, praesent id volutpat tellus aliquet ullamcorper aliquet praesent diam ante, massa. </w:t>
+        <w:t xml:space="preserve">uismod molestie tellus laoreet tincidunt lobortis massa, laoreet. Lobortis dolore congue ut tincidunt tincidunt ut nunc lobortis ante et, proin massa nibh proin praesent. Proin proin feugiat sit amet feugiat sit pulvinar sit pulvinar dolor feugiat sed lorem aliquam erat. Lorem tempus sed aliquam donec magna aliquam magna nisi dolore magna nunc nunc nibh massa laoreet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc771a649d17845a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c74f2db163e4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1c5c2ef5b7a449dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbf149acf80204925" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86acf33e819146c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R107744f08e7e4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2d1d2a31a2db4d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb5c5eaa39ce44c6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>