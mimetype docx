--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5a4db2a2ad749c7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2a8c635961f8444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R508f771cda0d4c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ffc03389c454acb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd87c19414154435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3decc2c89ed54162" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6be3e46837aa4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf5c7833298b94265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2cb87bd9590c4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R69abd4eabf034d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rba872ac092d54154" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcb646eae30474913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R895c18b733ae435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R121ab853ec6a4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2631809d8276486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0f5f6bc3cf549f8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>