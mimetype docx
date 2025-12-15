--- v1 (2025-12-13)
+++ v2 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ffc03389c454acb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd87c19414154435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3decc2c89ed54162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re6afca4f36894690" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R100f78b903d34f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8062606b89fc491f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcb646eae30474913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R895c18b733ae435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R121ab853ec6a4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2631809d8276486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0f5f6bc3cf549f8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reaa455b4ccd144ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1861aab267304a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra4d1bb08f45f4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R78d062178f71498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R11a3c1d85a394400" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>