--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re6afca4f36894690" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R100f78b903d34f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8062606b89fc491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R353db8864a23437b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb38648c7c6b94692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1113d062072a49c2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reaa455b4ccd144ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1861aab267304a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra4d1bb08f45f4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R78d062178f71498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R11a3c1d85a394400" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra0a4c13a480a4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38e5cb58a95c40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d1b574d572645ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R24f563eb6b0f4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R13926a6eb8e44836" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>