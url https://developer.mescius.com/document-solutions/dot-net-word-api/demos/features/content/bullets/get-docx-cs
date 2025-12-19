--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R353db8864a23437b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb38648c7c6b94692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1113d062072a49c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R92dd9c51204f41e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb594d582ad5c4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99017e4012694663" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra0a4c13a480a4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38e5cb58a95c40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d1b574d572645ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R24f563eb6b0f4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R13926a6eb8e44836" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d6ffa79125148b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc0df77a17c344978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R02edf8bce8cd4815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R03c287c567924313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c2c49705ef74040" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>