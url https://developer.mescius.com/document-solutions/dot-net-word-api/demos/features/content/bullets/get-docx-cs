--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R92dd9c51204f41e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb594d582ad5c4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99017e4012694663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5d07a20eb464279" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9b3f1c3db2c4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8e35fbb791514cb6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d6ffa79125148b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc0df77a17c344978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R02edf8bce8cd4815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R03c287c567924313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c2c49705ef74040" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45ef9964a8b64933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfe5871e2644143d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Radaf74c82bf34a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re1dea18e80fc4f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ddffed68afa4cec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>