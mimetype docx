--- v5 (2026-02-02)
+++ v6 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5d07a20eb464279" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9b3f1c3db2c4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8e35fbb791514cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6e0964eb39e64425" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e86cdab7bec4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a040f46b5b34082" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45ef9964a8b64933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfe5871e2644143d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Radaf74c82bf34a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re1dea18e80fc4f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ddffed68afa4cec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0f3211d58184e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53a420bec34d48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43c9b2cc52b74c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfc1146c52b7a4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ad30d8d470e4b2f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>