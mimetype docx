--- v6 (2026-03-19)
+++ v7 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6e0964eb39e64425" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e86cdab7bec4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a040f46b5b34082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra523abb107c84f96" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc35902d41ee146f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c24409073344235" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Example of a bullet list with three levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Bullet item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -803,51 +803,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0f3211d58184e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53a420bec34d48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43c9b2cc52b74c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfc1146c52b7a4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ad30d8d470e4b2f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4a072084c6c54638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8fcc9936a86a4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R32d8697822604ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rec6e44e06ba34969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R38694b8ddb07455c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>