--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2f742a538cd44177" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc05685ba42a43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3e7f7bc4227a4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R27ea40411547419d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23adcec1c7fb4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d203a889b584d3c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R89ad44f12c484d0b"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R76a26ab711ce4a60"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R89ad44f12c484d0b"/>
+                      <a:hlinkClick r:id="R76a26ab711ce4a60"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5986b04a8a2c46f9">
+                    <a:blip r:embed="R9b67b615e3414a20">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0d73e2cf54be4955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f2e32e3e62c4522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7102cf90e8194e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R5986b04a8a2c46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R89ad44f12c484d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d7c664d8bba49e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e31a4f1ba264b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9745d2082db64e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2c3d888baffc4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9b67b615e3414a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R76a26ab711ce4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55d1a9d6e83a4f62" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>