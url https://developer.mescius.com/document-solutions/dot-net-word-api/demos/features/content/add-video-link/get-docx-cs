--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R27ea40411547419d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23adcec1c7fb4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d203a889b584d3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4efbc56efae94984" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce8ab3dc88834c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54b4c89b118346bf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R76a26ab711ce4a60"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R7ab9c091d471484a"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R76a26ab711ce4a60"/>
+                      <a:hlinkClick r:id="R7ab9c091d471484a"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R9b67b615e3414a20">
+                    <a:blip r:embed="Rd94777ad91854e2b">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e31a4f1ba264b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9745d2082db64e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2c3d888baffc4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9b67b615e3414a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R76a26ab711ce4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55d1a9d6e83a4f62" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e7bb13966f84247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd272286d55164350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdda4c2bd6a74485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd94777ad91854e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R7ab9c091d471484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R856cb9d1af834673" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>