--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4efbc56efae94984" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce8ab3dc88834c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54b4c89b118346bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re30cdc24ad0c4142" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c8e08008cd742d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R918529d9926347a7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R7ab9c091d471484a"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0f3dd3f32ea044d8"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R7ab9c091d471484a"/>
+                      <a:hlinkClick r:id="R0f3dd3f32ea044d8"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd94777ad91854e2b">
+                    <a:blip r:embed="Rfa543b3da3684e8e">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e7bb13966f84247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd272286d55164350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdda4c2bd6a74485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd94777ad91854e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R7ab9c091d471484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R856cb9d1af834673" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9065f563ed7d469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8be8ccd319784efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra2b4e154253c40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rfa543b3da3684e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R0f3dd3f32ea044d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70b6b2a3e521489b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>