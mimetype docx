--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re30cdc24ad0c4142" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c8e08008cd742d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R918529d9926347a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R38a3abb6ad604fd6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfbfe417e45af43aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdc64133d9b0d467c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0f3dd3f32ea044d8"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R187cfbb0ea804627"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R0f3dd3f32ea044d8"/>
+                      <a:hlinkClick r:id="R187cfbb0ea804627"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rfa543b3da3684e8e">
+                    <a:blip r:embed="R23b1b5922c8d4c91">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9065f563ed7d469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8be8ccd319784efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra2b4e154253c40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rfa543b3da3684e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R0f3dd3f32ea044d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70b6b2a3e521489b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R217c9f9d66e043d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R497469c2f9df42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra797e428f5ea4b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R23b1b5922c8d4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R187cfbb0ea804627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9f5c783ebec46e8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>