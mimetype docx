--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R38a3abb6ad604fd6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfbfe417e45af43aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdc64133d9b0d467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R142dac8e543c4b9c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8ea13baa212242e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb56517129e314b2e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R187cfbb0ea804627"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R786dcd2137d44a92"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R187cfbb0ea804627"/>
+                      <a:hlinkClick r:id="R786dcd2137d44a92"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R23b1b5922c8d4c91">
+                    <a:blip r:embed="R0c25b8d5e9834005">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R217c9f9d66e043d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R497469c2f9df42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra797e428f5ea4b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R23b1b5922c8d4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R187cfbb0ea804627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9f5c783ebec46e8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcd8a9809dbbb47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf83a9c4bca324c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R03cf9986b7bb43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0c25b8d5e9834005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R786dcd2137d44a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f323ee887d84693" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>