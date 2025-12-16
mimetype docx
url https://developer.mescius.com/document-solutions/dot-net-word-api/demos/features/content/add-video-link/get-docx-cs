--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R142dac8e543c4b9c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8ea13baa212242e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb56517129e314b2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc4dabbaaa874a87" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74e2f74acb7546de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a5d093c25784e5c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R786dcd2137d44a92"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R49b729ef653044d0"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R786dcd2137d44a92"/>
+                      <a:hlinkClick r:id="R49b729ef653044d0"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0c25b8d5e9834005">
+                    <a:blip r:embed="R469ea7dfff21413f">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcd8a9809dbbb47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf83a9c4bca324c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R03cf9986b7bb43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0c25b8d5e9834005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R786dcd2137d44a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f323ee887d84693" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ee56968b51642a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd1beec7233dd4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4f88d5484c84dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R469ea7dfff21413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R49b729ef653044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce55b345b03b43b0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>