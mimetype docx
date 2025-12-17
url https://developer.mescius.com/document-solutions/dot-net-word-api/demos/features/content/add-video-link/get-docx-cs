--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc4dabbaaa874a87" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74e2f74acb7546de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a5d093c25784e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R398389b6213e47ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb42f69984ff84679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R701bc86836ea4e6d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R49b729ef653044d0"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf567556f6f244d20"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R49b729ef653044d0"/>
+                      <a:hlinkClick r:id="Rf567556f6f244d20"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R469ea7dfff21413f">
+                    <a:blip r:embed="R7949e65b645d4fa4">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ee56968b51642a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd1beec7233dd4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4f88d5484c84dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R469ea7dfff21413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R49b729ef653044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce55b345b03b43b0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0dd6523e611d426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re4cea22e52fa45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd52e7afdc7134ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7949e65b645d4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rf567556f6f244d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ae43734c4024188" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>