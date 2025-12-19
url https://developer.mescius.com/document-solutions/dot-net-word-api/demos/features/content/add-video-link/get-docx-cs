--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R398389b6213e47ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb42f69984ff84679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R701bc86836ea4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R77cf67de191848f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re30cce0b65b54d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8276e0a79b14af6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf567556f6f244d20"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf8327d076b014348"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Rf567556f6f244d20"/>
+                      <a:hlinkClick r:id="Rf8327d076b014348"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R7949e65b645d4fa4">
+                    <a:blip r:embed="R131d67752c5d4bb6">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0dd6523e611d426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re4cea22e52fa45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd52e7afdc7134ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7949e65b645d4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rf567556f6f244d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ae43734c4024188" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d07c3129e04447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R28f192531a2043a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60c39e27ec2749a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R131d67752c5d4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rf8327d076b014348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1656fd432fba408b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>