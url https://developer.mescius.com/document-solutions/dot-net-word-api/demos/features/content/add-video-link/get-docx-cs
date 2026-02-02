--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R77cf67de191848f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re30cce0b65b54d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8276e0a79b14af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d75d27f27144ecc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1b626bfb53684239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R05f34e5f13a7413f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf8327d076b014348"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf5c56b85de3e49cd"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Rf8327d076b014348"/>
+                      <a:hlinkClick r:id="Rf5c56b85de3e49cd"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R131d67752c5d4bb6">
+                    <a:blip r:embed="Rfe2e8d66fe594c32">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d07c3129e04447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R28f192531a2043a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60c39e27ec2749a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R131d67752c5d4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rf8327d076b014348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1656fd432fba408b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rea722ffa91d84d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5285249833524a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0c4926fafa6c4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rfe2e8d66fe594c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rf5c56b85de3e49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R21fdc141f8944ce7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>