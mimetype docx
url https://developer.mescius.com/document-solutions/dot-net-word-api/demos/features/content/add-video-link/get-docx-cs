--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d75d27f27144ecc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1b626bfb53684239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R05f34e5f13a7413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21e8302c1a804f2e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcc6c2b2d6a5c40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5cd8175fadf84744" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf5c56b85de3e49cd"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Refecde672ebc4820"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Rf5c56b85de3e49cd"/>
+                      <a:hlinkClick r:id="Refecde672ebc4820"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rfe2e8d66fe594c32">
+                    <a:blip r:embed="Rff541cb99b5b4795">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rea722ffa91d84d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5285249833524a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0c4926fafa6c4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rfe2e8d66fe594c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rf5c56b85de3e49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R21fdc141f8944ce7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rce8f7a499d5b4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9f4c9823f8db49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd20c47b517a84362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rff541cb99b5b4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Refecde672ebc4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R493350f3d3534e67" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>