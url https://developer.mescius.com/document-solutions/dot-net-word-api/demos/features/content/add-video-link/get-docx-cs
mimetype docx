--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21e8302c1a804f2e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcc6c2b2d6a5c40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5cd8175fadf84744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdd15187b24aa401c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R818f34df852c4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2be6d7d1d9de4b9f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Refecde672ebc4820"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5e913ffe78ec4ece"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Refecde672ebc4820"/>
+                      <a:hlinkClick r:id="R5e913ffe78ec4ece"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rff541cb99b5b4795">
+                    <a:blip r:embed="Rb34e40d330d64c9a">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rce8f7a499d5b4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9f4c9823f8db49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd20c47b517a84362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rff541cb99b5b4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Refecde672ebc4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R493350f3d3534e67" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9c0699839fe4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R75f97da7edcc4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R475d72537f0548c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb34e40d330d64c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R5e913ffe78ec4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d36172617c44cb8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>