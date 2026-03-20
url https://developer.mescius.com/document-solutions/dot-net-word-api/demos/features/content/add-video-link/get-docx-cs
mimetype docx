--- v11 (2026-03-19)
+++ v12 (2026-03-20)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdd15187b24aa401c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R818f34df852c4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2be6d7d1d9de4b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbe6c39224a67469a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcbbb053cf44c4d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0cee1ad7eed4414d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below includes a link to a YouTube video which plays inside the document if clicked.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="vlink_style"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="5080000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5e913ffe78ec4ece"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rc46ea47c95ba43a7"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R5e913ffe78ec4ece"/>
+                      <a:hlinkClick r:id="Rc46ea47c95ba43a7"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rb34e40d330d64c9a">
+                    <a:blip r:embed="R818553e836b44c4f">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;400&quot; height=&quot;400&quot; src=&quot;https://www.youtube.com/watch?v=RRTCt2TTOyU&quot; title=&quot;How to Build a Simple Balance Sheet using C# .NET Excel APIs&quot; &gt;&lt;/iframe&gt;" h="400" w="400"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -647,51 +647,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9c0699839fe4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R75f97da7edcc4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R475d72537f0548c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb34e40d330d64c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="R5e913ffe78ec4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d36172617c44cb8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R073821a9c46c4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb88b9caa76a94cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra5f952b738ce4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R818553e836b44c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=RRTCt2TTOyU" TargetMode="External" Id="Rc46ea47c95ba43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4ff42d834b354570" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>