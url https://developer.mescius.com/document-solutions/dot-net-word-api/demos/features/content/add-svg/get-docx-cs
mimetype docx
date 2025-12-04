--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9fd3c1867ee646ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc77f1b05fe7f4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R476cb512dbe841ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R44759076febe4850" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8d3ef946ed63478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Radbbad924c7c4943" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R00e122c31ea04ba5">
+                    <a:blip r:embed="Rba127bedf8e74f2a">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Rfb6b21e379bd4ffb"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R65fb7d33ac3e4cc7"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76dd6cd1f47f4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb8ea56818b54f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rff57d7ae6133426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Rfb6b21e379bd4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R00e122c31ea04ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6874e761db3e4ccf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f6e8dc07203458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5981509764f4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb6ccb1f629ab4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R65fb7d33ac3e4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rba127bedf8e74f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b39955a36534c1c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>