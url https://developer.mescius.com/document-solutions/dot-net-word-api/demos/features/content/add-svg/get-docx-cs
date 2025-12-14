--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R44759076febe4850" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8d3ef946ed63478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Radbbad924c7c4943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R70f405f097f34cd0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb35564e4117472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re5ab1b7571ea462b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rba127bedf8e74f2a">
+                    <a:blip r:embed="Re37a3be6e2194f83">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R65fb7d33ac3e4cc7"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R0effce40641649ee"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f6e8dc07203458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5981509764f4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb6ccb1f629ab4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R65fb7d33ac3e4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rba127bedf8e74f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b39955a36534c1c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60eecb279dca4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1bd7faa62c994379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra51d0a38133f4eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R0effce40641649ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Re37a3be6e2194f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R89ffbc1fd95a4000" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>