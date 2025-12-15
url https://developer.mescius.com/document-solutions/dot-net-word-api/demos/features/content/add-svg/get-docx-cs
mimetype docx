--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R70f405f097f34cd0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb35564e4117472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re5ab1b7571ea462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb855525c52644e4a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2938236400d4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1423ed17adf4200" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Re37a3be6e2194f83">
+                    <a:blip r:embed="Rd995a9479df746f5">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R0effce40641649ee"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Ref1f6c43bee3469c"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60eecb279dca4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1bd7faa62c994379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra51d0a38133f4eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R0effce40641649ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Re37a3be6e2194f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R89ffbc1fd95a4000" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc83d48b137bd4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f9d058a7c074a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f76fe13c20f46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Ref1f6c43bee3469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rd995a9479df746f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3e64905658434f05" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>