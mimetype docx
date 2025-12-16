--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb855525c52644e4a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2938236400d4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1423ed17adf4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2bcd77b0c03422a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd85adab630aa468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a3ba7b67b5d4ebc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd995a9479df746f5">
+                    <a:blip r:embed="R5afd518192cd499b">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Ref1f6c43bee3469c"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Red4039c4ade14ee5"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc83d48b137bd4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f9d058a7c074a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f76fe13c20f46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Ref1f6c43bee3469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rd995a9479df746f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3e64905658434f05" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R138fea80308e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re8611c1a5a74455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb2d7752c9e144a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Red4039c4ade14ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R5afd518192cd499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbfc11653fe1f416e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>