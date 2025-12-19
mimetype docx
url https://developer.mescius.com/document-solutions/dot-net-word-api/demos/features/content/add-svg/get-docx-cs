--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2bcd77b0c03422a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd85adab630aa468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a3ba7b67b5d4ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99cf24d74c844772" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R563254ce3ddd4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbee292440d84cd9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5afd518192cd499b">
+                    <a:blip r:embed="R539d55e036324ead">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Red4039c4ade14ee5"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R5e98405503e84f01"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R138fea80308e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re8611c1a5a74455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb2d7752c9e144a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Red4039c4ade14ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R5afd518192cd499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbfc11653fe1f416e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23feea08a78c4f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra87a7c0f56ae4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b044deb90b64d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R5e98405503e84f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R539d55e036324ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0003cd91cce14003" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>