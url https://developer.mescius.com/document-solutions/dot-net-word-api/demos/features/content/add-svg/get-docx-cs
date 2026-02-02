--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99cf24d74c844772" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R563254ce3ddd4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbee292440d84cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R217637310c3142eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3965c2943a224b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57393af60a9f47ce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R539d55e036324ead">
+                    <a:blip r:embed="Rce5ff6f4ef9d4f82">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R5e98405503e84f01"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Ra863be77049c4828"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23feea08a78c4f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra87a7c0f56ae4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b044deb90b64d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R5e98405503e84f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R539d55e036324ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0003cd91cce14003" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R558dd8bc9358484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb46810d1bdc7427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22abdc9413664c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Ra863be77049c4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rce5ff6f4ef9d4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R072f98cda00a4d57" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>