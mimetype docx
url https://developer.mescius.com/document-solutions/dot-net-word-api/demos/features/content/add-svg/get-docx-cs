--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R217637310c3142eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3965c2943a224b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57393af60a9f47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra51cead3b8bc45df" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R39c75d5e92a24ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84b09e4f68744f68" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rce5ff6f4ef9d4f82">
+                    <a:blip r:embed="R70d871e9dfdd45b6">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="Ra863be77049c4828"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R479ca83046294bad"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R558dd8bc9358484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb46810d1bdc7427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22abdc9413664c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="Ra863be77049c4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rce5ff6f4ef9d4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R072f98cda00a4d57" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6d6e39bfde04bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a21a996470f47db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R892575b9fb744c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R479ca83046294bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R70d871e9dfdd45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36a1a94869264708" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>