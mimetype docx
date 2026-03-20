--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra51cead3b8bc45df" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R39c75d5e92a24ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84b09e4f68744f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf2f59e1fc9274596" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R444c5671bb4d426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R268a242eb45c43ac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The picture below is produced by a vector SVG image added to the document. Mimicking the MS Word behavior, when an SVG is added, DsWord also creates a fallback raster version of the image.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R70d871e9dfdd45b6">
+                    <a:blip r:embed="Rf88f1415c62f4e40">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R479ca83046294bad"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="R2faf9eeaabf94798"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6d6e39bfde04bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a21a996470f47db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R892575b9fb744c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R479ca83046294bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R70d871e9dfdd45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36a1a94869264708" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re2300976519c4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R520837d362074868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R634025ca05174c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.svg" Id="R2faf9eeaabf94798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rf88f1415c62f4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3a13ca266124932" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>